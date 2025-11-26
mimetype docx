--- v0 (2025-11-03)
+++ v1 (2025-11-26)
@@ -9,51 +9,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5E00CCB6" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="00ED2A08" w:rsidP="003807E4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="6960"/>
           <w:tab w:val="right" w:pos="9960"/>
         </w:tabs>
         <w:spacing w:after="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="758CBFD3" wp14:editId="33A7F185">
             <wp:extent cx="3079115" cy="971550"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="6" name="Picture 5" descr="Logo for Ohio Attorney General Dave Yost" title="Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -153,104 +153,106 @@
           <w:szCs w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> Counsel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D61759" w14:textId="77777777" w:rsidR="00784643" w:rsidRDefault="006F0BA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174A7F2F" w14:textId="189D3EB4" w:rsidR="00CF407B" w:rsidRDefault="00667CFE" w:rsidP="006202DD">
+    <w:p w14:paraId="174A7F2F" w14:textId="102267AD" w:rsidR="00CF407B" w:rsidRDefault="00667CFE" w:rsidP="006202DD">
       <w:pPr>
         <w:spacing w:before="840"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9139B">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Date Issued:  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00517C57" w:rsidRPr="00517C57">
+        <w:t>Date Issued</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C9139B">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">December </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AE1F1F">
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00517C57" w:rsidRPr="00517C57">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00450EEC">
+        <w:t>December</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00517C57" w:rsidRPr="00517C57">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>, 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AE1F1F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00842BFF">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>1, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFDFD5A" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRPr="00C9139B" w:rsidRDefault="006F0BA7" w:rsidP="006202DD">
       <w:pPr>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9139B">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Direct Questions Regarding this RFQ to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DED1FEA" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRPr="00A45C64" w:rsidRDefault="00416127">
       <w:pPr>
         <w:rPr>
@@ -849,51 +851,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:b/>
           </w:rPr>
           <w:t>Special Counsel Request for Qualifications Submission Page</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A505F56" w14:textId="77777777" w:rsidR="001731B0" w:rsidRDefault="001731B0" w:rsidP="005762E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28664D1F" w14:textId="0780CA27" w:rsidR="005762E8" w:rsidRDefault="005762E8" w:rsidP="00DD0BCF">
+    <w:p w14:paraId="28664D1F" w14:textId="1424B461" w:rsidR="005762E8" w:rsidRDefault="005762E8" w:rsidP="00DD0BCF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555AAB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">This page allows you to electronically </w:t>
       </w:r>
       <w:r w:rsidR="00DD0BCF">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">submit </w:t>
       </w:r>
       <w:r w:rsidRPr="00555AAB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">your RFQ </w:t>
       </w:r>
@@ -953,58 +955,58 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidR="001731B0" w:rsidRPr="002F27F9">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00B215C2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00AE1F1F">
+      <w:r w:rsidR="00A27DBE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="001731B0" w:rsidRPr="002F27F9">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C62620">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A960CC" w14:textId="77777777" w:rsidR="000B3DDF" w:rsidRDefault="000B3DDF" w:rsidP="005762E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37F35757" w14:textId="77777777" w:rsidR="000B3DDF" w:rsidRPr="00720BCD" w:rsidRDefault="000B3DDF" w:rsidP="004F65FC">
@@ -1799,65 +1801,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00254793">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vailable on the</w:t>
       </w:r>
       <w:r w:rsidR="00B17287">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00B17287">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
-          <w:t>Outside Coun</w:t>
-[...13 lines deleted...]
-          <w:t>el Website</w:t>
+          <w:t>Outside Counsel Website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00254793">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A74119">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F950267" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="006F0BA7" w:rsidP="00254793">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="810"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2031,58 +2019,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:hanging="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F27F9">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Register to be an Ohio Supplier through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00903A0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
-          <w:t>OhioPay</w:t>
-[...6 lines deleted...]
-          <w:t>s</w:t>
+          <w:t>OhioPays</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00903A0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
           <w:t xml:space="preserve"> Portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00903A0D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1"/>
       <w:r w:rsidRPr="002F27F9">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> (New Firms Only)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527EA46E" w14:textId="77777777" w:rsidR="00254793" w:rsidRDefault="00254793" w:rsidP="000F1286">
@@ -2377,69 +2358,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VIA EMAIL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Attorney General’s Outside Counsel Section at </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00416127" w:rsidRPr="0040478D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:b/>
             <w:i/>
           </w:rPr>
-          <w:t>SpecialCounsel@Ohio</w:t>
-[...17 lines deleted...]
-          <w:t>GO.gov</w:t>
+          <w:t>SpecialCounsel@OhioAGO.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001D1E4F" w:rsidRPr="001D1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2B4FFF" w14:textId="77777777" w:rsidR="00F257C8" w:rsidRDefault="00F257C8">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
@@ -2497,51 +2460,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A2BBB51" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="006F0BA7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Section II.  Required Components of the RFQ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABDF7CE" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="006F0BA7">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24D86A76" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="006F0BA7" w:rsidP="00D8669A">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
@@ -7220,51 +7182,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B9EE72" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="00285830">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Section III</w:t>
       </w:r>
       <w:r w:rsidR="006F0BA7">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.  Experience and Resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CFD7AAF" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="006F0BA7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33585B4D" w14:textId="77777777" w:rsidR="006F0BA7" w:rsidRDefault="006F0BA7" w:rsidP="00B40FE5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -7924,70 +7885,70 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D3704F" w:rsidSect="0050320A">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1260" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4C86DE98" w14:textId="77777777" w:rsidR="00204AB9" w:rsidRDefault="00204AB9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0901AF86" w14:textId="77777777" w:rsidR="00204AB9" w:rsidRDefault="00204AB9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8011,61 +7972,61 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32ABCBE4" w14:textId="77777777" w:rsidR="00B17287" w:rsidRDefault="00B17287">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2001767780"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0874AA38" w14:textId="77777777" w:rsidR="0025268C" w:rsidRDefault="0025268C">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -8074,111 +8035,111 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7EB2E056" w14:textId="77777777" w:rsidR="0025268C" w:rsidRDefault="0025268C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="082B3C24" w14:textId="77777777" w:rsidR="00B17287" w:rsidRDefault="00B17287">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5AE44A60" w14:textId="77777777" w:rsidR="00204AB9" w:rsidRDefault="00204AB9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="20F414B1" w14:textId="77777777" w:rsidR="00204AB9" w:rsidRDefault="00204AB9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="761CA709" w14:textId="77777777" w:rsidR="00B17287" w:rsidRDefault="00B17287">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0A3C0B67" w14:textId="77777777" w:rsidR="00926D6A" w:rsidRDefault="00926D6A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72AD9951" w14:textId="77777777" w:rsidR="00B17287" w:rsidRDefault="00B17287">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0073706B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2932C842"/>
     <w:lvl w:ilvl="0" w:tplc="312600CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11832,54 +11793,52 @@
   <w:num w:numId="25" w16cid:durableId="998460177">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="117381066">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1833912257">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="152767800">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1437480407">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1557200998">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="832571407">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:removeDateAndTime/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="_CITRUS_JURISDICTION" w:val="Bluebook"/>
@@ -11948,50 +11907,51 @@
     <w:rsid w:val="00306CA7"/>
     <w:rsid w:val="00323AE3"/>
     <w:rsid w:val="003326D9"/>
     <w:rsid w:val="003807E4"/>
     <w:rsid w:val="003850EF"/>
     <w:rsid w:val="00386655"/>
     <w:rsid w:val="00392A5B"/>
     <w:rsid w:val="00392B68"/>
     <w:rsid w:val="003A24C8"/>
     <w:rsid w:val="003D4C5A"/>
     <w:rsid w:val="003F7481"/>
     <w:rsid w:val="003F7DD2"/>
     <w:rsid w:val="00416127"/>
     <w:rsid w:val="00425EAC"/>
     <w:rsid w:val="00435F42"/>
     <w:rsid w:val="00450988"/>
     <w:rsid w:val="00450EEC"/>
     <w:rsid w:val="0045261E"/>
     <w:rsid w:val="00452DD3"/>
     <w:rsid w:val="0048340C"/>
     <w:rsid w:val="004B6F52"/>
     <w:rsid w:val="004D5F8B"/>
     <w:rsid w:val="004D7708"/>
     <w:rsid w:val="004E3018"/>
     <w:rsid w:val="004E436A"/>
+    <w:rsid w:val="004E50C4"/>
     <w:rsid w:val="004F04EC"/>
     <w:rsid w:val="004F1388"/>
     <w:rsid w:val="004F2019"/>
     <w:rsid w:val="004F65FC"/>
     <w:rsid w:val="0050320A"/>
     <w:rsid w:val="005143F7"/>
     <w:rsid w:val="00517C57"/>
     <w:rsid w:val="00521A86"/>
     <w:rsid w:val="00543030"/>
     <w:rsid w:val="00555AAB"/>
     <w:rsid w:val="005600C6"/>
     <w:rsid w:val="0056082A"/>
     <w:rsid w:val="00566555"/>
     <w:rsid w:val="00573A5C"/>
     <w:rsid w:val="005762E8"/>
     <w:rsid w:val="00576EC1"/>
     <w:rsid w:val="00585745"/>
     <w:rsid w:val="00587FFB"/>
     <w:rsid w:val="00594268"/>
     <w:rsid w:val="005950C2"/>
     <w:rsid w:val="005B1332"/>
     <w:rsid w:val="005F0357"/>
     <w:rsid w:val="005F5C01"/>
     <w:rsid w:val="00615750"/>
     <w:rsid w:val="006173CC"/>
@@ -12005,85 +11965,88 @@
     <w:rsid w:val="00667CFE"/>
     <w:rsid w:val="00670003"/>
     <w:rsid w:val="006800E0"/>
     <w:rsid w:val="00681936"/>
     <w:rsid w:val="00684A10"/>
     <w:rsid w:val="00687385"/>
     <w:rsid w:val="006966D6"/>
     <w:rsid w:val="006A2D17"/>
     <w:rsid w:val="006A4888"/>
     <w:rsid w:val="006C48C6"/>
     <w:rsid w:val="006D0A83"/>
     <w:rsid w:val="006F0BA7"/>
     <w:rsid w:val="0070776C"/>
     <w:rsid w:val="00712B6B"/>
     <w:rsid w:val="00720BCD"/>
     <w:rsid w:val="00726C9C"/>
     <w:rsid w:val="007437B5"/>
     <w:rsid w:val="00757A6F"/>
     <w:rsid w:val="00761B76"/>
     <w:rsid w:val="0078008E"/>
     <w:rsid w:val="00781C3D"/>
     <w:rsid w:val="00784643"/>
     <w:rsid w:val="007E3932"/>
     <w:rsid w:val="007F62B7"/>
     <w:rsid w:val="007F6E4F"/>
+    <w:rsid w:val="008004DC"/>
     <w:rsid w:val="0080318D"/>
     <w:rsid w:val="008048E5"/>
     <w:rsid w:val="00812F19"/>
     <w:rsid w:val="00825C27"/>
     <w:rsid w:val="00834D49"/>
     <w:rsid w:val="00836E61"/>
+    <w:rsid w:val="00842BFF"/>
     <w:rsid w:val="008605C6"/>
     <w:rsid w:val="00864DEE"/>
     <w:rsid w:val="00892595"/>
     <w:rsid w:val="008D4C84"/>
     <w:rsid w:val="008F5B1B"/>
     <w:rsid w:val="009024FE"/>
     <w:rsid w:val="00903A0D"/>
     <w:rsid w:val="0090511D"/>
     <w:rsid w:val="00913EFD"/>
     <w:rsid w:val="009155A5"/>
     <w:rsid w:val="00916602"/>
     <w:rsid w:val="00926D6A"/>
     <w:rsid w:val="0093689A"/>
     <w:rsid w:val="00945019"/>
     <w:rsid w:val="00954CFE"/>
     <w:rsid w:val="00963B68"/>
     <w:rsid w:val="00984EF9"/>
     <w:rsid w:val="00987084"/>
     <w:rsid w:val="00995D8E"/>
     <w:rsid w:val="00996084"/>
     <w:rsid w:val="009A50BF"/>
     <w:rsid w:val="009B1F76"/>
     <w:rsid w:val="009C13BE"/>
     <w:rsid w:val="009C54D8"/>
     <w:rsid w:val="009C6EF2"/>
     <w:rsid w:val="009D1FE4"/>
     <w:rsid w:val="009E2BB7"/>
     <w:rsid w:val="009E512A"/>
     <w:rsid w:val="009E55BE"/>
+    <w:rsid w:val="00A27DBE"/>
     <w:rsid w:val="00A4509B"/>
     <w:rsid w:val="00A45C64"/>
     <w:rsid w:val="00A46C47"/>
     <w:rsid w:val="00A516B3"/>
     <w:rsid w:val="00A567BE"/>
     <w:rsid w:val="00A67E75"/>
     <w:rsid w:val="00A7044B"/>
     <w:rsid w:val="00A74119"/>
     <w:rsid w:val="00A76AE0"/>
     <w:rsid w:val="00A7704F"/>
     <w:rsid w:val="00AA38B5"/>
     <w:rsid w:val="00AB4F6D"/>
     <w:rsid w:val="00AE1F1F"/>
     <w:rsid w:val="00AF07E0"/>
     <w:rsid w:val="00B01663"/>
     <w:rsid w:val="00B17287"/>
     <w:rsid w:val="00B215C2"/>
     <w:rsid w:val="00B22007"/>
     <w:rsid w:val="00B40FE5"/>
     <w:rsid w:val="00B41DD4"/>
     <w:rsid w:val="00B569C3"/>
     <w:rsid w:val="00B6311A"/>
     <w:rsid w:val="00B71D06"/>
     <w:rsid w:val="00B733F2"/>
     <w:rsid w:val="00B77558"/>
@@ -12117,85 +12080,87 @@
     <w:rsid w:val="00E217E9"/>
     <w:rsid w:val="00E24F78"/>
     <w:rsid w:val="00E27BD0"/>
     <w:rsid w:val="00E70F74"/>
     <w:rsid w:val="00E90A00"/>
     <w:rsid w:val="00EC05B8"/>
     <w:rsid w:val="00EC4E87"/>
     <w:rsid w:val="00ED221F"/>
     <w:rsid w:val="00ED2A08"/>
     <w:rsid w:val="00ED3743"/>
     <w:rsid w:val="00EF3164"/>
     <w:rsid w:val="00EF31E7"/>
     <w:rsid w:val="00EF4531"/>
     <w:rsid w:val="00F15F8E"/>
     <w:rsid w:val="00F16A1F"/>
     <w:rsid w:val="00F257C8"/>
     <w:rsid w:val="00F3471A"/>
     <w:rsid w:val="00F36F16"/>
     <w:rsid w:val="00F51823"/>
     <w:rsid w:val="00F65DB5"/>
     <w:rsid w:val="00F705EB"/>
     <w:rsid w:val="00F7292B"/>
     <w:rsid w:val="00F72FF6"/>
     <w:rsid w:val="00F754A4"/>
     <w:rsid w:val="00F8673C"/>
+    <w:rsid w:val="00FA4921"/>
     <w:rsid w:val="00FB1670"/>
     <w:rsid w:val="00FB2217"/>
     <w:rsid w:val="00FD44BC"/>
     <w:rsid w:val="00FE3E5B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6EFAA9EE"/>
+  <w15:docId w15:val="{5401BABF-98F9-4E08-8D1F-79DC870E28C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13019,51 +12984,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00416127"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00963B68"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1073426264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1124496748">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13078,52 +13043,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2095931139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpecialCounsel@OhioAGO.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://supplier.ohio.gov/wps/portal/sp/suppliers/home-anon/!ut/p/z1/04_Sj9CPykssy0xPLMnMz0vMAfIjo8ziDRw9PT0sLQz8_L0DjQ0C3T2M_Jx9TY3NfE30wwkpiAJJ4wCOBkD9URAlOEwwM4UpwG2Gl35Uek5-EtC54U76kYbeXuFGgfoFuREGWabZigCdRPr6/dz/d5/L2dBISEvZ0FBIS9nQSEh/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohiopays.ohio.gov/getting-started" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ohioattorneygeneral.gov/Legal/Outside-Counsel/Special-Counsel-Appointments" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpecialCounsel@OhioAGO.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://specialcounselrfq.ohioattorneygeneral.gov/RequestForQualificationPage1.aspx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ohioattorneygeneral.gov/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://specialcounselrfq.ohioattorneygeneral.gov/RequestForQualificationPage1.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpecialCounsel@OhioAGO.gov" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://supplier.ohio.gov/wps/portal/sp/suppliers/home-anon/!ut/p/z1/04_Sj9CPykssy0xPLMnMz0vMAfIjo8ziDRw9PT0sLQz8_L0DjQ0C3T2M_Jx9TY3NfE30wwkpiAJJ4wCOBkD9URAlOEwwM4UpwG2Gl35Uek5-EtC54U76kYbeXuFGgfoFuREGWabZigCdRPr6/dz/d5/L2dBISEvZ0FBIS9nQSEh/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohiopays.ohio.gov/getting-started" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ohioattorneygeneral.gov/Legal/Outside-Counsel/Special-Counsel-Appointments" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpecialCounsel@OhioAGO.gov" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://specialcounselrfq.ohioattorneygeneral.gov/RequestForQualificationPage1.aspx" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ohioattorneygeneral.gov/" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://specialcounselrfq.ohioattorneygeneral.gov/RequestForQualificationPage1.aspx" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="imanage.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13367,85 +13331,103 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXML/item.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > 
+ 
+ < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+ 
+     < d o c u m e n t i d > L E G A L ! 2 5 4 8 5 1 8 9 . 1 < / d o c u m e n t i d > 
+ 
+     < s e n d e r i d > E L E Y < / s e n d e r i d > 
+ 
+     < s e n d e r e m a i l > E R I N . L E Y @ O H I O A G O . G O V < / s e n d e r e m a i l > 
+ 
+     < l a s t m o d i f i e d > 2 0 2 5 - 1 1 - 2 4 T 1 3 : 2 7 : 0 0 . 0 0 0 0 0 0 0 - 0 5 : 0 0 < / l a s t m o d i f i e d > 
+ 
+     < d a t a b a s e > L E G A L < / d a t a b a s e > 
+ 
+ < / p r o p e r t i e s > 
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{9220e248-af57-4c59-a732-bd3316cb0da9}" enabled="1" method="Privileged" siteId="{16bb85b3-d21e-4dd2-a07c-7c114cf57b55}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1586</Words>
-  <Characters>8646</Characters>
+  <Words>1611</Words>
+  <Characters>8621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>288</Lines>
-  <Paragraphs>173</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>150</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>_</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Ohio Attorney General</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10059</CharactersWithSpaces>
+  <CharactersWithSpaces>10082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>7471117</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:specialcounsel@ohioattorneygeneral.gov?subject=RFQ%20Question</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7798905</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -13524,52 +13506,52 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:SpecialCounsel@OhioAttorneyGeneral.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>_</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Erin Ley</dc:creator>
   <cp:keywords/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MAIL_MSG_ID1">
     <vt:lpwstr>ABAAVOAfoSrQoyx5do89wA2ffU8qCtMzNd6yeY8DhUYI1S64XDUnFJ1nbyMkAYAfIWYo</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MAIL_MSG_ID2">
     <vt:lpwstr>Dm79x/UzaZ7t2RHzOjsiR6SZ3/rmjdC1iXXUC6rVFFlVruwUmzDUZZp2n7H_x000d_
 UrF5qcX4aW4A3r9/iDdVqOUeHwoXZxyaslB/IQ==</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="RESPONSE_SENDER_NAME">
     <vt:lpwstr>gAAAdya76B99d4hLGUR1rQ+8TxTv0GGEPdix</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EMAIL_OWNER_ADDRESS">
     <vt:lpwstr>MBAAug5tyHKiyJ91nJw1v2IUm+H2QOwIStpw16NRjWbfTgLOphfON0xrFZf1Olu8vzB+B5EFNlOyPIE=</vt:lpwstr>
   </property>
 </Properties>
 </file>